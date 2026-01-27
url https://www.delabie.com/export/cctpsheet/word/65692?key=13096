--- v0 (2025-10-11)
+++ v1 (2026-01-27)
@@ -286,51 +286,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  - Large capacity tank: 5 litres.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  - Suitable for vegetable-based liquid soap with a maximum viscosity of 3,000 mPa.s or specific foam soap.
+        <w:t xml:space="preserve">  - Suitable for vegetable-based liquid soap with a maximum viscosity of 3,000 mPa.s or 3,000cP, or specific foam soap.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Electronic basin tap*:
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -426,79 +426,79 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  - High-speed.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">  - Pulsed air at 360km/h. Airflow: 36 l/second.
-[...27 lines deleted...]
-        <w:t xml:space="preserve">  - Noise level: 74 dBA.
+        <w:t xml:space="preserve">  - Pulsed air at 360km/h. Airflow: 39 l/second.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - Low energy consumption: 1350W.
+</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:spacing w:line="288" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  - Noise level: 70- dBA.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  - Class I, IP23.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
@@ -594,51 +594,51 @@
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weight: 29kg.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Mirror cabinet with 30-year warranty.
+        <w:t xml:space="preserve">Mirror cabinet with 30-year warranty (3 years for hand dryer).
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CE marked.
 </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:spacing w:line="288" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:sz w:val="22"/>